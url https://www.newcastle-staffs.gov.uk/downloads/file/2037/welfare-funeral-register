--- v0 (2025-12-22)
+++ v1 (2026-02-22)
@@ -1,1465 +1,550 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\WELFARE FUNERALS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://newcastlestaffs-my.sharepoint.com/personal/kay_booth_newcastle-staffs_gov_uk/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A7380F3F-7811-4088-ABDE-FCCCC6636534}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9192" activeTab="1"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0B359A97-CEB8-435E-A7E3-EC87A4408935}"/>
   </bookViews>
   <sheets>
-    <sheet name="Register " sheetId="1" r:id="rId1"/>
-    <sheet name="Website Info" sheetId="2" r:id="rId2"/>
+    <sheet name="Website Info" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1197" uniqueCount="416">
-[...4 lines deleted...]
-    <t>Address</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="117">
+  <si>
+    <t xml:space="preserve">Date of Death </t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
-    <t xml:space="preserve">Date of Death </t>
-[...5 lines deleted...]
-    <t>Date of Birth</t>
+    <t>Age (years)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finnacial Year </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cost Paid to Funeral Director (inc. cremation fee) </t>
   </si>
   <si>
     <t xml:space="preserve">Costs Recovered </t>
   </si>
   <si>
-    <t xml:space="preserve">Financial Year </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Arthur Brian Dixon </t>
+    <t xml:space="preserve">Value of Estate </t>
+  </si>
+  <si>
+    <t>Next of kin</t>
+  </si>
+  <si>
+    <t>01.06.2001</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
+    <t>01/02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unknown </t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Unknown</t>
+  </si>
+  <si>
+    <t>11.10.2001</t>
+  </si>
+  <si>
+    <t>18.12.2001</t>
+  </si>
+  <si>
+    <t>13.10.2002</t>
+  </si>
+  <si>
+    <t>02/03</t>
+  </si>
+  <si>
+    <t>13.03.2003</t>
+  </si>
+  <si>
+    <t>01.01.2003</t>
+  </si>
+  <si>
+    <t>08.08.2004</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>04/05</t>
+  </si>
+  <si>
+    <t>31.08.2005</t>
+  </si>
+  <si>
+    <t>05/06</t>
+  </si>
+  <si>
+    <t>27.07.2006</t>
+  </si>
+  <si>
+    <t>06/07</t>
+  </si>
+  <si>
+    <t>03.08.2008</t>
+  </si>
+  <si>
+    <t>08/09</t>
+  </si>
+  <si>
+    <t>04.12.2008</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>08.01.2009</t>
+  </si>
+  <si>
+    <t>10.02.2009</t>
+  </si>
+  <si>
+    <t>09/10</t>
+  </si>
+  <si>
+    <t>14.06.2010</t>
+  </si>
+  <si>
+    <t>10/11</t>
+  </si>
+  <si>
+    <t>12.11.2011</t>
+  </si>
+  <si>
+    <t>11/12</t>
+  </si>
+  <si>
+    <t>03.01.2013</t>
+  </si>
+  <si>
+    <t>12/13</t>
+  </si>
+  <si>
+    <t>07.02.2013</t>
+  </si>
+  <si>
+    <t>27.05.2013</t>
+  </si>
+  <si>
+    <t>13/14</t>
+  </si>
+  <si>
+    <t>01.07.2013</t>
+  </si>
+  <si>
+    <t>03.01.2014</t>
+  </si>
+  <si>
+    <t>05.01.2015</t>
+  </si>
+  <si>
+    <t>14/15</t>
+  </si>
+  <si>
+    <t>02.04.2015</t>
+  </si>
+  <si>
+    <t>15/16</t>
+  </si>
+  <si>
+    <t>04.07.2015</t>
+  </si>
+  <si>
+    <t>01.09.2015</t>
+  </si>
+  <si>
+    <t>25.02.2016</t>
+  </si>
+  <si>
+    <t>16/17</t>
+  </si>
+  <si>
+    <t>29.04.2016</t>
+  </si>
+  <si>
+    <t>29.08.2016</t>
+  </si>
+  <si>
+    <t>9.10.2016</t>
+  </si>
+  <si>
+    <t>18.11.2016</t>
+  </si>
+  <si>
+    <t>29.12.2016</t>
+  </si>
+  <si>
+    <t>02.03.2017</t>
+  </si>
+  <si>
+    <t>17/18</t>
+  </si>
+  <si>
+    <t>05.02.2017</t>
+  </si>
+  <si>
+    <t>24.03.2017</t>
+  </si>
+  <si>
+    <t>07.04.2017</t>
+  </si>
+  <si>
+    <t>22.11.2017</t>
+  </si>
+  <si>
     <t>06.02.2018</t>
   </si>
   <si>
-    <t>27.04.2018</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Daniel Robert Wade </t>
+    <t>18/19</t>
   </si>
   <si>
     <t>19.04.2018</t>
   </si>
   <si>
-    <t>13.06.2018</t>
-[...7 lines deleted...]
-  <si>
     <t>09.05.2018</t>
   </si>
   <si>
-    <t>27.07.2018</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Linda Ann Wilshaw </t>
+    <t>26.06.2018</t>
   </si>
   <si>
     <t xml:space="preserve">Female </t>
   </si>
   <si>
-    <t>26.06.2018</t>
-[...7 lines deleted...]
-  <si>
     <t>03.08.2018</t>
   </si>
   <si>
-    <t>01.11.2018</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Simon Hunt </t>
+    <t>25.12.2018</t>
   </si>
   <si>
     <t>02.01.2019</t>
   </si>
   <si>
+    <t>19/20</t>
+  </si>
+  <si>
     <t>11.02.2019</t>
   </si>
   <si>
     <t>24.07.2019</t>
   </si>
   <si>
-    <t>07.02.2019</t>
-[...22 lines deleted...]
-  <si>
     <t>09.10.2019</t>
   </si>
   <si>
     <t>07.02.2020</t>
   </si>
   <si>
+    <t>20/21</t>
+  </si>
+  <si>
     <t>25.07.2020</t>
   </si>
   <si>
     <t>21.08.2020</t>
   </si>
   <si>
-    <t>16.01.2020</t>
-[...28 lines deleted...]
-  <si>
     <t>20.03.2021</t>
   </si>
   <si>
+    <t>21/22</t>
+  </si>
+  <si>
     <t>18.04.2021</t>
   </si>
   <si>
     <t>21.09.2021</t>
   </si>
   <si>
     <t>24.09.2021</t>
   </si>
   <si>
     <t>20.10.2021</t>
   </si>
   <si>
-    <t>28.04.2021</t>
-[...14 lines deleted...]
-    <t>21/22</t>
+    <t>13.01.2022</t>
   </si>
   <si>
     <t>22/23</t>
   </si>
   <si>
-    <t xml:space="preserve">Michael John Lasson </t>
-[...25 lines deleted...]
-  <si>
     <t>23.04.2022</t>
   </si>
   <si>
     <t>10.05.2022</t>
   </si>
   <si>
     <t>13.06.2022</t>
   </si>
   <si>
     <t>29.06.2022</t>
   </si>
   <si>
     <t>30.08.2022</t>
   </si>
   <si>
     <t>03.09.2022</t>
   </si>
   <si>
     <t>05.11.2022</t>
   </si>
   <si>
-    <t>09.05.2022</t>
-[...697 lines deleted...]
-  <si>
     <t>26.11.2022</t>
   </si>
   <si>
-    <t>25.01.2023</t>
-[...10 lines deleted...]
-  <si>
     <t>27.03.2023</t>
   </si>
   <si>
-    <t>03.05.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>23/24</t>
   </si>
   <si>
-    <t>John Richard Owens</t>
-[...5 lines deleted...]
-    <t>25.06.1982</t>
+    <t>18.05.2023</t>
   </si>
   <si>
     <t>04.09.2023</t>
   </si>
   <si>
-    <t>10.10.2023</t>
-[...257 lines deleted...]
-    <t xml:space="preserve">Treasury </t>
+    <t>16.01.2024</t>
+  </si>
+  <si>
+    <t>06.02.2023</t>
+  </si>
+  <si>
+    <t>24/25</t>
+  </si>
+  <si>
+    <t>04.07.2024</t>
+  </si>
+  <si>
+    <t>02.09.2024</t>
+  </si>
+  <si>
+    <t>23.10.2024</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>29.01.2025</t>
+  </si>
+  <si>
+    <t>19.03.2025</t>
+  </si>
+  <si>
+    <t>25/26</t>
+  </si>
+  <si>
+    <t>28.05.2025</t>
+  </si>
+  <si>
+    <t>Referred TS</t>
+  </si>
+  <si>
+    <t>30.05.2025</t>
+  </si>
+  <si>
+    <t>20.05.2025</t>
+  </si>
+  <si>
+    <t>21.04.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;£&quot;#,##0.00;[Red]\-&quot;£&quot;#,##0.00"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1683,5224 +768,2138 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...3412 lines deleted...]
-  <dimension ref="A1:I66"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C487EBFF-39BE-4606-B750-3413C0CC9BD2}">
+  <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A43" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A67" sqref="A67"/>
+      <pane ySplit="1" topLeftCell="A59" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A80" sqref="A80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="4" width="14.109375" customWidth="1"/>
     <col min="5" max="6" width="15.77734375" customWidth="1"/>
     <col min="7" max="7" width="16.109375" customWidth="1"/>
     <col min="8" max="8" width="10.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="19" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
+    <row r="1" spans="1:8" s="2" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B1" s="18" t="s">
-[...11 lines deleted...]
-      <c r="F1" s="18" t="s">
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="18" t="s">
-[...13 lines deleted...]
-      <c r="C2" s="8">
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="3">
         <v>75</v>
       </c>
-      <c r="D2" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D2" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
       </c>
       <c r="G2" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C3" s="8">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="3">
         <v>74</v>
       </c>
-      <c r="D3" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D3" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C4" s="8">
+        <v>13</v>
+      </c>
+      <c r="H3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="3">
         <v>72</v>
       </c>
-      <c r="D4" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C5" s="15">
+        <v>13</v>
+      </c>
+      <c r="H4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="3">
         <v>49</v>
       </c>
-      <c r="D5" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C6" s="15">
+        <v>13</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="3">
         <v>77</v>
       </c>
-      <c r="D6" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D6" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C7" s="15">
+        <v>13</v>
+      </c>
+      <c r="H6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="3">
         <v>82</v>
       </c>
-      <c r="D7" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D7" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C8" s="8">
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="3">
         <v>91</v>
       </c>
-      <c r="D8" s="11" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="D8" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-      <c r="C9" s="8">
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="3">
         <v>61</v>
       </c>
-      <c r="D9" s="11" t="s">
-[...23 lines deleted...]
-      <c r="C10" s="8">
+      <c r="D9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="3">
         <v>58</v>
       </c>
-      <c r="D10" s="11" t="s">
-[...23 lines deleted...]
-      <c r="C11" s="8">
+      <c r="D10" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="3">
         <v>52</v>
       </c>
-      <c r="D11" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="16">
+      <c r="D11" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="5">
         <v>1418</v>
       </c>
-      <c r="F11" s="6" t="s">
-[...17 lines deleted...]
-      <c r="C12" s="8">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="3">
         <v>66</v>
       </c>
-      <c r="D12" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="16">
+      <c r="D12" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="5">
         <v>1259.05</v>
       </c>
-      <c r="F12" s="6" t="s">
-[...17 lines deleted...]
-      <c r="C13" s="8">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="3">
         <v>68</v>
       </c>
-      <c r="D13" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="16">
+      <c r="D13" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" s="5">
         <v>1259.05</v>
       </c>
-      <c r="F13" s="6" t="s">
-[...17 lines deleted...]
-      <c r="C14" s="14">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="7">
         <v>80</v>
       </c>
-      <c r="D14" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="17">
+      <c r="D14" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="8">
         <v>813.08</v>
       </c>
-      <c r="F14" s="6" t="s">
-[...17 lines deleted...]
-      <c r="C15" s="8">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="3">
         <v>65</v>
       </c>
-      <c r="D15" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="16">
+      <c r="D15" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E15" s="5">
         <v>1244.47</v>
       </c>
-      <c r="F15" s="6" t="s">
-[...17 lines deleted...]
-      <c r="C16" s="8">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="3">
         <v>56</v>
       </c>
-      <c r="D16" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="16">
+      <c r="D16" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="5">
         <v>1208</v>
       </c>
-      <c r="F16" s="6" t="s">
-        <v>180</v>
+      <c r="F16" t="s">
+        <v>30</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H16" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A17" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C17" s="8">
+      <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="3">
         <v>79</v>
       </c>
-      <c r="D17" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="16">
+      <c r="D17" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" s="5">
         <v>1530.62</v>
       </c>
-      <c r="F17" s="6" t="s">
-        <v>180</v>
+      <c r="F17" t="s">
+        <v>30</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H17" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C18" s="8">
+      <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" s="3">
         <v>63</v>
       </c>
-      <c r="D18" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="16">
+      <c r="D18" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" s="5">
         <v>1252.3</v>
       </c>
-      <c r="F18" s="6" t="s">
-        <v>98</v>
+      <c r="F18" t="s">
+        <v>12</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H18" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A19" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C19" s="8">
+      <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="3">
         <v>72</v>
       </c>
-      <c r="D19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="16">
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="5">
         <v>1184.98</v>
       </c>
-      <c r="F19" s="6" t="s">
-        <v>98</v>
+      <c r="F19" t="s">
+        <v>12</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H19" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A20" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C20" s="8">
+      <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" s="3">
         <v>63</v>
       </c>
-      <c r="D20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="16">
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" s="5">
         <v>1184.98</v>
       </c>
-      <c r="F20" s="6" t="s">
-        <v>180</v>
+      <c r="F20" t="s">
+        <v>30</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H20" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A21" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C21" s="8">
+      <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="3">
         <v>60</v>
       </c>
-      <c r="D21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="16">
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" s="5">
         <v>1320.41</v>
       </c>
-      <c r="F21" s="6" t="s">
-        <v>98</v>
+      <c r="F21" t="s">
+        <v>12</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H21" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A22" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C22" s="8">
+      <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="3">
         <v>57</v>
       </c>
-      <c r="D22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="16">
+      <c r="D22" t="s">
+        <v>46</v>
+      </c>
+      <c r="E22" s="5">
         <v>1330.9</v>
       </c>
-      <c r="F22" s="6" t="s">
-        <v>98</v>
+      <c r="F22" t="s">
+        <v>12</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H22" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A23" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C23" s="8">
+      <c r="A23" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="3">
         <v>65</v>
       </c>
-      <c r="D23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="16">
+      <c r="D23" t="s">
+        <v>48</v>
+      </c>
+      <c r="E23" s="5">
         <v>1218.4100000000001</v>
       </c>
-      <c r="F23" s="6" t="s">
-        <v>98</v>
+      <c r="F23" t="s">
+        <v>12</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H23" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A24" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C24" s="8">
+      <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="3">
         <v>75</v>
       </c>
-      <c r="D24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="16">
+      <c r="D24" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" s="5">
         <v>1268.4100000000001</v>
       </c>
-      <c r="F24" s="6" t="s">
-        <v>180</v>
+      <c r="F24" t="s">
+        <v>30</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H24" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A25" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C25" s="8">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="3">
         <v>71</v>
       </c>
-      <c r="D25" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="16">
+      <c r="D25" t="s">
+        <v>48</v>
+      </c>
+      <c r="E25" s="5">
         <v>1197.08</v>
       </c>
-      <c r="F25" s="8" t="s">
-        <v>180</v>
+      <c r="F25" s="3" t="s">
+        <v>30</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A26" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C26" s="8">
+      <c r="A26" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="3">
         <v>50</v>
       </c>
-      <c r="D26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="16">
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" s="5">
         <v>1409.83</v>
       </c>
-      <c r="F26" s="6" t="s">
-        <v>98</v>
+      <c r="F26" t="s">
+        <v>12</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H26" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A27" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C27" s="8">
+      <c r="A27" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="3">
         <v>86</v>
       </c>
-      <c r="D27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="16">
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" s="5">
         <v>1036.32</v>
       </c>
-      <c r="F27" s="6" t="s">
-        <v>180</v>
+      <c r="F27" t="s">
+        <v>30</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H27" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A28" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C28" s="8">
+      <c r="A28" t="s">
+        <v>54</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="3">
         <v>83</v>
       </c>
-      <c r="D28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="16">
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" s="5">
         <v>1517.32</v>
       </c>
-      <c r="F28" s="6" t="s">
-        <v>180</v>
+      <c r="F28" t="s">
+        <v>30</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H28" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A29" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C29" s="8">
+      <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="3">
         <v>71</v>
       </c>
-      <c r="D29" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="16">
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" s="5">
         <v>1232.8599999999999</v>
       </c>
-      <c r="F29" s="6" t="s">
-        <v>180</v>
+      <c r="F29" t="s">
+        <v>30</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H29" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A30" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C30" s="8">
+      <c r="A30" t="s">
+        <v>56</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="3">
         <v>66</v>
       </c>
-      <c r="D30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="16">
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" s="5">
         <v>1087.8599999999999</v>
       </c>
-      <c r="F30" s="6" t="s">
-        <v>98</v>
+      <c r="F30" t="s">
+        <v>12</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H30" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A31" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C31" s="8">
+      <c r="A31" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" s="3">
         <v>60</v>
       </c>
-      <c r="D31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="16">
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" s="5">
         <v>1282.8599999999999</v>
       </c>
-      <c r="F31" s="6" t="s">
-        <v>180</v>
+      <c r="F31" t="s">
+        <v>30</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H31" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A32" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C32" s="8">
+      <c r="A32" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="3">
         <v>71</v>
       </c>
-      <c r="D32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="16">
+      <c r="D32" t="s">
+        <v>59</v>
+      </c>
+      <c r="E32" s="5">
         <v>1111.6099999999999</v>
       </c>
-      <c r="F32" s="6" t="s">
-        <v>98</v>
+      <c r="F32" t="s">
+        <v>12</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H32" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A33" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C33" s="8">
+      <c r="A33" t="s">
+        <v>60</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="3">
         <v>76</v>
       </c>
-      <c r="D33" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="16">
+      <c r="D33" t="s">
+        <v>59</v>
+      </c>
+      <c r="E33" s="5">
         <v>1302.8599999999999</v>
       </c>
-      <c r="F33" s="6" t="s">
-        <v>180</v>
+      <c r="F33" t="s">
+        <v>30</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H33" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A34" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C34" s="8">
+      <c r="A34" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="3">
         <v>77</v>
       </c>
-      <c r="D34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="16">
+      <c r="D34" t="s">
+        <v>59</v>
+      </c>
+      <c r="E34" s="5">
         <v>1252.8599999999999</v>
       </c>
-      <c r="F34" s="6" t="s">
-        <v>98</v>
+      <c r="F34" t="s">
+        <v>12</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H34" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C35" s="8">
+      <c r="A35" t="s">
+        <v>62</v>
+      </c>
+      <c r="B35" t="s">
+        <v>21</v>
+      </c>
+      <c r="C35" s="3">
         <v>78</v>
       </c>
-      <c r="D35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="16">
+      <c r="D35" t="s">
+        <v>59</v>
+      </c>
+      <c r="E35" s="5">
         <v>1252.8599999999999</v>
       </c>
-      <c r="F35" s="6" t="s">
-        <v>180</v>
+      <c r="F35" t="s">
+        <v>30</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H35" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A36" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C36" s="8">
+      <c r="A36" t="s">
+        <v>63</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" s="3">
         <v>73</v>
       </c>
-      <c r="D36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="16">
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" s="5">
         <v>1100.68</v>
       </c>
-      <c r="F36" s="6" t="s">
-        <v>98</v>
+      <c r="F36" t="s">
+        <v>12</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H36" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="3">
         <v>81</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E37" s="4">
+        <v>65</v>
+      </c>
+      <c r="E37" s="5">
         <v>1109.77</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="3">
         <v>44</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E38" s="4">
+        <v>65</v>
+      </c>
+      <c r="E38" s="5">
         <v>1003.5</v>
       </c>
       <c r="F38" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H38" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C39" s="3">
         <v>57</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E39" s="4">
+        <v>65</v>
+      </c>
+      <c r="E39" s="5">
         <v>876.19</v>
       </c>
       <c r="F39" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H39" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="C40" s="3">
         <v>68</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E40" s="4">
+        <v>65</v>
+      </c>
+      <c r="E40" s="5">
         <v>876.19</v>
       </c>
       <c r="F40" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H40" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="3">
         <v>68</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E41" s="4">
+        <v>65</v>
+      </c>
+      <c r="E41" s="5">
         <v>874.76</v>
       </c>
       <c r="F41" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H41" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="3">
         <v>49</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E42" s="4">
+        <v>65</v>
+      </c>
+      <c r="E42" s="5">
         <v>889.2</v>
       </c>
       <c r="F42" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H42" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="3">
         <v>53</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E43" s="4">
+        <v>73</v>
+      </c>
+      <c r="E43" s="5">
         <v>912.2</v>
       </c>
       <c r="F43" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H43" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="3">
         <v>50</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E44" s="4">
+        <v>73</v>
+      </c>
+      <c r="E44" s="5">
         <v>912.2</v>
       </c>
       <c r="F44" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H44" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="3">
         <v>62</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E45" s="4">
+        <v>73</v>
+      </c>
+      <c r="E45" s="5">
         <v>1312.2</v>
       </c>
       <c r="F45" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H45" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="3">
         <v>84</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E46" s="4">
+        <v>73</v>
+      </c>
+      <c r="E46" s="5">
         <v>926.72</v>
       </c>
       <c r="F46" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H46" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C47" s="3">
         <v>59</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="E47" s="4">
+        <v>78</v>
+      </c>
+      <c r="E47" s="5">
         <v>1116.3399999999999</v>
       </c>
       <c r="F47" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H47" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="3">
         <v>75</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="E48" s="4">
+        <v>78</v>
+      </c>
+      <c r="E48" s="5">
         <v>1035.0999999999999</v>
       </c>
       <c r="F48" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H48" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="3">
         <v>68</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="E49" s="4">
+        <v>78</v>
+      </c>
+      <c r="E49" s="5">
         <v>943</v>
       </c>
       <c r="F49" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H49" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="3">
         <v>50</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="4">
+      <c r="D50" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E50" s="5">
         <v>1020.39</v>
       </c>
       <c r="F50" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H50" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C51" s="3">
         <v>39</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="E51" s="4">
+        <v>82</v>
+      </c>
+      <c r="E51" s="5">
         <v>971.55</v>
       </c>
       <c r="F51" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H51" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="3">
         <v>82</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="E52" s="4">
+        <v>82</v>
+      </c>
+      <c r="E52" s="5">
         <v>972.23</v>
       </c>
       <c r="F52" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H52" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="3">
         <v>59</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="E53" s="4">
+        <v>82</v>
+      </c>
+      <c r="E53" s="5">
         <v>972.23</v>
       </c>
       <c r="F53" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>13</v>
+      </c>
+      <c r="H53" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="3">
         <v>86</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="E54" s="4">
+        <v>82</v>
+      </c>
+      <c r="E54" s="5">
         <v>1068</v>
       </c>
       <c r="F54" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H54" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="3">
         <v>82</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E55" s="4">
+        <v>88</v>
+      </c>
+      <c r="E55" s="5">
         <v>1085</v>
       </c>
       <c r="F55" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>13</v>
+      </c>
+      <c r="H55" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="C56" s="3">
         <v>68</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E56" s="4">
+        <v>88</v>
+      </c>
+      <c r="E56" s="5">
         <v>1003</v>
       </c>
       <c r="F56" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="3">
         <v>70</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E57" s="4">
+        <v>88</v>
+      </c>
+      <c r="E57" s="5">
         <v>1085</v>
       </c>
       <c r="F57" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H57" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="3">
         <v>70</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E58" s="4">
+        <v>88</v>
+      </c>
+      <c r="E58" s="5">
         <v>1003</v>
       </c>
       <c r="F58" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H58" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="3">
         <v>38</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E59" s="4">
+        <v>88</v>
+      </c>
+      <c r="E59" s="5">
         <v>1003</v>
       </c>
       <c r="F59" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="3">
         <v>69</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E60" s="4">
+        <v>88</v>
+      </c>
+      <c r="E60" s="5">
         <v>1003</v>
       </c>
       <c r="F60" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="3">
         <v>64</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E61" s="4">
+        <v>88</v>
+      </c>
+      <c r="E61" s="5">
         <v>1013</v>
       </c>
       <c r="F61" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="3">
         <v>57</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E62" s="4">
+        <v>88</v>
+      </c>
+      <c r="E62" s="5">
         <v>1095</v>
       </c>
       <c r="F62" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>317</v>
+        <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="3">
         <v>40</v>
       </c>
-      <c r="D63" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="4">
+      <c r="D63" t="s">
+        <v>88</v>
+      </c>
+      <c r="E63" s="5">
         <v>1013</v>
       </c>
       <c r="F63" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>322</v>
+        <v>97</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="3">
         <v>68</v>
       </c>
-      <c r="D64" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="4">
+      <c r="D64" t="s">
+        <v>98</v>
+      </c>
+      <c r="E64" s="5">
         <v>1035</v>
       </c>
       <c r="F64" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H64" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>392</v>
+        <v>99</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="3">
         <v>78</v>
       </c>
-      <c r="D65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="4">
+      <c r="D65" t="s">
+        <v>98</v>
+      </c>
+      <c r="E65" s="5">
         <v>1035</v>
       </c>
       <c r="F65" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>328</v>
+        <v>100</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="3">
         <v>41</v>
       </c>
-      <c r="D66" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="4">
+      <c r="D66" t="s">
+        <v>98</v>
+      </c>
+      <c r="E66" s="5">
         <v>895</v>
       </c>
-      <c r="F66" s="6" t="s">
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A67" t="s">
+        <v>101</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" s="3">
+        <v>67</v>
+      </c>
+      <c r="D67" t="s">
         <v>98</v>
       </c>
-      <c r="G66" s="3" t="s">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="E67" s="5">
+        <v>1035</v>
+      </c>
+      <c r="F67" t="s">
+        <v>30</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A68" t="s">
+        <v>102</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>103</v>
+      </c>
+      <c r="E68" s="5">
+        <v>350</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A69" t="s">
+        <v>104</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" s="3">
+        <v>52</v>
+      </c>
+      <c r="D69" t="s">
+        <v>103</v>
+      </c>
+      <c r="E69" s="5">
+        <v>1140</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A70" t="s">
+        <v>105</v>
+      </c>
+      <c r="B70" t="s">
+        <v>21</v>
+      </c>
+      <c r="C70" s="3">
+        <v>81</v>
+      </c>
+      <c r="D70" t="s">
+        <v>103</v>
+      </c>
+      <c r="E70" s="5">
+        <v>1140</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A71" t="s">
+        <v>106</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" s="3">
+        <v>60</v>
+      </c>
+      <c r="D71" t="s">
+        <v>103</v>
+      </c>
+      <c r="E71" s="5">
+        <v>1140</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A72" t="s">
+        <v>107</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" s="3">
+        <v>66</v>
+      </c>
+      <c r="D72" t="s">
+        <v>103</v>
+      </c>
+      <c r="E72" s="5">
+        <v>1140</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H72" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A73" t="s">
+        <v>108</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" s="3">
+        <v>83</v>
+      </c>
+      <c r="D73" t="s">
+        <v>103</v>
+      </c>
+      <c r="E73" s="5">
+        <v>1140</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A74" t="s">
+        <v>109</v>
+      </c>
+      <c r="B74" t="s">
+        <v>21</v>
+      </c>
+      <c r="C74" s="3">
+        <v>65</v>
+      </c>
+      <c r="D74" t="s">
+        <v>110</v>
+      </c>
+      <c r="E74" s="5">
+        <v>1205</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A75" t="s">
+        <v>111</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" s="3">
+        <v>59</v>
+      </c>
+      <c r="D75" t="s">
+        <v>110</v>
+      </c>
+      <c r="E75" s="5">
+        <v>1205</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H75" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A76" t="s">
+        <v>113</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" s="3">
+        <v>54</v>
+      </c>
+      <c r="D76" t="s">
+        <v>110</v>
+      </c>
+      <c r="E76" s="5">
+        <v>1205</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H76" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A77" t="s">
+        <v>114</v>
+      </c>
+      <c r="B77" t="s">
+        <v>21</v>
+      </c>
+      <c r="C77" s="3">
+        <v>81</v>
+      </c>
+      <c r="D77" t="s">
+        <v>110</v>
+      </c>
+      <c r="E77" s="5">
+        <v>1205</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="H77" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A78" t="s">
+        <v>115</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" s="3">
+        <v>68</v>
+      </c>
+      <c r="D78" t="s">
+        <v>110</v>
+      </c>
+      <c r="E78" s="5">
+        <v>1205</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A79" t="s">
+        <v>116</v>
+      </c>
+      <c r="B79" t="s">
+        <v>21</v>
+      </c>
+      <c r="C79" s="3">
+        <v>83</v>
+      </c>
+      <c r="D79" t="s">
+        <v>110</v>
+      </c>
+      <c r="E79" s="5">
+        <v>1205</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="H79" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Register </vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Website Info</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>NULBC</Company>
+  <Company>Newcastle under Lyme Borough council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kay Booth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>