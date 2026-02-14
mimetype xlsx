--- v0 (2025-12-26)
+++ v1 (2026-02-14)
@@ -6,76 +6,76 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://newcastlestaffs.sharepoint.com/sites/CPRIE/Shared Documents/Procurement/Business Improvement/Localism Act/Procedure/Asset Register/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8883AED7-D1EA-4711-9EA1-28B6F2BC60A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AD7E9BE3-A359-435F-B69A-A54423A2ACA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Successful applications" sheetId="1" r:id="rId1"/>
     <sheet name="Unsuccessful applications" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Successful applications'!$A$1:$K$4</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Unsuccessful applications'!$A$1:$J$16</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="57">
   <si>
     <t xml:space="preserve">The  Borough Council of Newcastle-under-Lyme </t>
   </si>
   <si>
     <t>Assets of Community Interest Register - Successful Applications</t>
   </si>
   <si>
     <t>Nominated By:</t>
   </si>
   <si>
     <t>NULBC/CAR/003</t>
   </si>
   <si>
     <t>Loggerheads Parish Council</t>
   </si>
   <si>
     <t>22nd September 2014</t>
   </si>
   <si>
     <t>The  Borough Council of Newcastle-under-Lyme</t>
   </si>
   <si>
     <t>Assets of Community Interest Register - Unsuccessful Applications</t>
   </si>
   <si>
@@ -181,253 +181,230 @@
     <t>The Council's made its judgement about whether the asset meets the definition set out in section 88 of the localism Act 2011.  It considers the explanation within the application/nomination of why the asset is of community interest has no foundation; the ‘actual use’ of the asset does not further the social wellbeing or social interest of the local community and there is no social use in the assets current ‘form’ and neither has there been such in the recent past (within the last two years). Based on these factors the Council has rejected the application to list ‘The Little House’, Gower Street</t>
   </si>
   <si>
     <t>The Council's made its judgement about whether the asset meets the definition set out in section 88 of the localism Act 2011.  It considers the explanation within the application/nomination of why the asset is of community interest has no foundation; that locally there appears to be no social or community use of the asset in its current form and neither has there been such in the recent past (more than two to five years); Based on these factors the Council has rejected the application to list ‘The Former Council Offices’, Castle Hill.</t>
   </si>
   <si>
     <t xml:space="preserve">End Date of Protected Period </t>
   </si>
   <si>
     <t>Stoke Speedway &amp; Sports Complex</t>
   </si>
   <si>
     <t>Loomer Road Stadium</t>
   </si>
   <si>
     <t>Loomer Road Stadium, Loomer Road, Chesterton, Newcastle-under-Lyme, ST5 7LB</t>
   </si>
   <si>
     <t>NULBC/CAR/024</t>
   </si>
   <si>
     <t>The Council considers that it is not realistic to think that there can continue to be non-ancillary use of the site which will further the social wellbeing or social interests of the community based on the current state of the site and the likelihood of the owners plans proceeding.</t>
   </si>
   <si>
     <t>31st March 2020</t>
-  </si>
-[...10 lines deleted...]
-    <t>NULBC/CAR/028</t>
   </si>
   <si>
     <t>NULBC/CAR/029</t>
   </si>
   <si>
     <t>Keele Municipal Golf Course</t>
   </si>
   <si>
     <t>Silverdale &amp; Keele Parish Councils</t>
   </si>
   <si>
     <t>Keele Municipal Golf Course, Keele Road, Newcastle-under-Lyme, Staffordshire, ST5 5AB</t>
   </si>
   <si>
     <t>21st January 2021</t>
   </si>
   <si>
     <t xml:space="preserve">The Council considers that the two following criteria of S88 of the Localism Act have not been satisfied: 
 (a) An actual current use of the building or other land that is not an ancillary use furthers the social wellbeing or social interests of the local community, and
 (b) It is realistic to think that there can continue to be non-ancillary use of the building or other land which will further (whether or not in the same way) the social wellbeing or social interests of the local community.
 In that:
 • The primary purpose highlighted in the application to list the asset is not seen to further social wellbeing or social interests by way of the activities listed.
 • The application to list the asset has a reliance on local environmental aspects, these do not form part of the criteria for an Asset of Community Value to be listed.
 In considering (b) above: 
 It has been established and reported that the area forms part of a University Growth Corridor Masterplan and is earmarked for a residential development and it is believed that the proposal will incorporate areas of open space. The land the nomination refers to already has a public footpath which runs through it which should be preserved in any future development.
 </t>
   </si>
   <si>
-    <t>21st January 2026</t>
+    <t>There are currently no "Assets of Community Interest" registered.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -704,566 +681,536 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="32.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="17.7109375" customWidth="1"/>
     <col min="9" max="9" width="19.85546875" customWidth="1"/>
     <col min="10" max="10" width="21.140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="14"/>
-[...7 lines deleted...]
-      <c r="J1" s="14"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
     </row>
     <row r="2" spans="1:10" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.35">
-      <c r="A2" s="14" t="s">
+      <c r="A2" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="15"/>
-[...7 lines deleted...]
-      <c r="J2" s="15"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
     </row>
     <row r="3" spans="1:10" ht="45" x14ac:dyDescent="0.25">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="F3" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="G3" s="6" t="s">
+      <c r="G3" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="H3" s="6" t="s">
+      <c r="H3" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="6" t="s">
+      <c r="I3" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="J3" s="6" t="s">
+      <c r="J3" s="8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="10"/>
+      <c r="A5" s="27" t="s">
+        <v>56</v>
+      </c>
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="11"/>
-    </row>
-[...30 lines deleted...]
-      <c r="J7" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="84" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </oddHeader>
     <oddFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </oddFooter>
     <evenHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </evenHeader>
     <evenFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </evenFooter>
     <firstHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </firstHeader>
     <firstFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </firstFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:J22"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E22" sqref="E22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="22" style="1" customWidth="1"/>
     <col min="9" max="9" width="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
+      <c r="A1" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="14"/>
-[...6 lines deleted...]
-      <c r="I1" s="14"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
     </row>
     <row r="2" spans="1:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="A2" s="14" t="s">
+      <c r="A2" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="27"/>
-[...9 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+    </row>
+    <row r="3" spans="1:9" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="27"/>
-[...1 lines deleted...]
-      <c r="I3" s="27"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="14"/>
+      <c r="I3" s="14"/>
     </row>
     <row r="5" spans="1:9" s="3" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="19" t="s">
+      <c r="B5" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="19" t="s">
+      <c r="C5" s="20" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="19" t="s">
+      <c r="E5" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="21" t="s">
+      <c r="F5" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="G5" s="21"/>
-[...1 lines deleted...]
-      <c r="I5" s="21"/>
+      <c r="G5" s="16"/>
+      <c r="H5" s="16"/>
+      <c r="I5" s="16"/>
     </row>
     <row r="6" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="17"/>
-[...4 lines deleted...]
-      <c r="F6" s="16" t="s">
+      <c r="A6" s="19"/>
+      <c r="B6" s="21"/>
+      <c r="C6" s="21"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="G6" s="16"/>
-[...1 lines deleted...]
-      <c r="I6" s="16"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="17"/>
+      <c r="I6" s="17"/>
     </row>
     <row r="7" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="17"/>
-[...4 lines deleted...]
-      <c r="F7" s="16" t="s">
+      <c r="A7" s="19"/>
+      <c r="B7" s="21"/>
+      <c r="C7" s="21"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="21"/>
+      <c r="F7" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="16"/>
-[...1 lines deleted...]
-      <c r="I7" s="16"/>
+      <c r="G7" s="17"/>
+      <c r="H7" s="17"/>
+      <c r="I7" s="17"/>
     </row>
     <row r="8" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="17"/>
-[...4 lines deleted...]
-      <c r="F8" s="16" t="s">
+      <c r="A8" s="19"/>
+      <c r="B8" s="21"/>
+      <c r="C8" s="21"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="21"/>
+      <c r="F8" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="G8" s="16"/>
-[...1 lines deleted...]
-      <c r="I8" s="16"/>
+      <c r="G8" s="17"/>
+      <c r="H8" s="17"/>
+      <c r="I8" s="17"/>
     </row>
     <row r="9" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11"/>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="10"/>
       <c r="I9" s="10"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="20" t="s">
+      <c r="A10" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="19" t="s">
+      <c r="B10" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="19" t="s">
+      <c r="C10" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="E10" s="19" t="s">
+      <c r="E10" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="F10" s="21" t="s">
+      <c r="F10" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="G10" s="21"/>
-[...1 lines deleted...]
-      <c r="I10" s="21"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="20"/>
-[...1 lines deleted...]
-      <c r="C11" s="19"/>
+      <c r="A11" s="18"/>
+      <c r="B11" s="20"/>
+      <c r="C11" s="20"/>
       <c r="D11" s="22"/>
-      <c r="E11" s="19"/>
-[...3 lines deleted...]
-      <c r="I11" s="21"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="16"/>
+      <c r="G11" s="16"/>
+      <c r="H11" s="16"/>
+      <c r="I11" s="16"/>
     </row>
     <row r="12" spans="1:9" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="20"/>
-[...1 lines deleted...]
-      <c r="C12" s="19"/>
+      <c r="A12" s="18"/>
+      <c r="B12" s="20"/>
+      <c r="C12" s="20"/>
       <c r="D12" s="22"/>
-      <c r="E12" s="19"/>
-[...3 lines deleted...]
-      <c r="I12" s="21"/>
+      <c r="E12" s="20"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="16"/>
+      <c r="H12" s="16"/>
+      <c r="I12" s="16"/>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10"/>
       <c r="B13" s="11"/>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
       <c r="F13" s="10"/>
       <c r="G13" s="10"/>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="20" t="s">
+      <c r="A14" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="C14" s="19" t="s">
+      <c r="C14" s="20" t="s">
         <v>34</v>
       </c>
       <c r="D14" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="E14" s="19" t="s">
+      <c r="E14" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F14" s="23" t="s">
+      <c r="F14" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="G14" s="23"/>
-[...1 lines deleted...]
-      <c r="I14" s="23"/>
+      <c r="G14" s="25"/>
+      <c r="H14" s="25"/>
+      <c r="I14" s="25"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="20"/>
+      <c r="A15" s="18"/>
       <c r="B15" s="22"/>
-      <c r="C15" s="19"/>
+      <c r="C15" s="20"/>
       <c r="D15" s="22"/>
-      <c r="E15" s="19"/>
-[...3 lines deleted...]
-      <c r="I15" s="23"/>
+      <c r="E15" s="20"/>
+      <c r="F15" s="25"/>
+      <c r="G15" s="25"/>
+      <c r="H15" s="25"/>
+      <c r="I15" s="25"/>
     </row>
     <row r="16" spans="1:9" ht="114" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="20"/>
+      <c r="A16" s="18"/>
       <c r="B16" s="22"/>
-      <c r="C16" s="19"/>
+      <c r="C16" s="20"/>
       <c r="D16" s="22"/>
-      <c r="E16" s="19"/>
-[...3 lines deleted...]
-      <c r="I16" s="23"/>
+      <c r="E16" s="20"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="25"/>
+      <c r="H16" s="25"/>
+      <c r="I16" s="25"/>
     </row>
     <row r="17" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10"/>
       <c r="B17" s="11"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
       <c r="F17" s="10"/>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
       <c r="I17" s="10"/>
     </row>
     <row r="18" spans="1:10" ht="148.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="9" t="s">
+      <c r="B18" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="C18" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D18" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="E18" s="9" t="s">
+      <c r="E18" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="F18" s="21" t="s">
+      <c r="F18" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="G18" s="21"/>
-[...1 lines deleted...]
-      <c r="I18" s="21"/>
+      <c r="G18" s="16"/>
+      <c r="H18" s="16"/>
+      <c r="I18" s="16"/>
     </row>
     <row r="19" spans="1:10" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10"/>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
     </row>
     <row r="20" spans="1:10" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="8" t="s">
+      <c r="B20" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="C20" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D20" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="E20" s="9" t="s">
+      <c r="E20" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="F20" s="18" t="s">
+      <c r="F20" s="24" t="s">
         <v>48</v>
       </c>
-      <c r="G20" s="18"/>
-[...1 lines deleted...]
-      <c r="I20" s="18"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
       <c r="J20" s="1"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="10"/>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
-      <c r="F21" s="24"/>
-[...2 lines deleted...]
-      <c r="I21" s="24"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+      <c r="I21" s="26"/>
     </row>
     <row r="22" spans="1:10" ht="366.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="B22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="9" t="s">
+      <c r="F22" s="17" t="s">
         <v>55</v>
       </c>
-      <c r="D22" s="8" t="s">
-[...10 lines deleted...]
-      <c r="I22" s="17"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="A1:I1"/>
-[...10 lines deleted...]
-    <mergeCell ref="F7:I7"/>
     <mergeCell ref="F22:I22"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="C10:C12"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="F10:I12"/>
     <mergeCell ref="E10:E12"/>
     <mergeCell ref="D10:D12"/>
     <mergeCell ref="F18:I18"/>
     <mergeCell ref="F14:I16"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>
     <mergeCell ref="C14:C16"/>
     <mergeCell ref="D14:D16"/>
     <mergeCell ref="E14:E16"/>
     <mergeCell ref="F21:I21"/>
+    <mergeCell ref="F8:I8"/>
+    <mergeCell ref="A5:A8"/>
+    <mergeCell ref="B5:B8"/>
+    <mergeCell ref="C5:C8"/>
+    <mergeCell ref="E5:E8"/>
+    <mergeCell ref="D5:D8"/>
+    <mergeCell ref="F7:I7"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="F3:I3"/>
+    <mergeCell ref="F5:I5"/>
+    <mergeCell ref="F6:I6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="95" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </oddHeader>
     <oddFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </oddFooter>
     <evenHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </evenHeader>
     <evenFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </evenFooter>
     <firstHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </firstHeader>
     <firstFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </firstFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
@@ -1272,78 +1219,78 @@
     <evenHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </evenHeader>
     <evenFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </evenFooter>
     <firstHeader xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </firstHeader>
     <firstFooter xml:space="preserve">&amp;L&amp;"Arial,Regular"&amp;12&amp;K000000Classification: NULBC &amp;BUNCLASSIFIED </firstFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="28b776cc-b7a8-4b37-9354-bedab51b193f" origin="userSelected">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="28b776cc-b7a8-4b37-9354-bedab51b193f" origin="userSelected">
+  <element uid="id_protective_marking_new_item_1" value=""/>
+</sisl>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="052c370c-c4e8-400e-bec8-f0e459453032" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="66897698-bfb2-4f9b-a311-d3772f98faa7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005594777353F05D4082040F5D0D668ACD" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2ec6bb998225b515d9adaf5da58dc29c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="66897698-bfb2-4f9b-a311-d3772f98faa7" xmlns:ns3="052c370c-c4e8-400e-bec8-f0e459453032" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="abc3b1c35b9ae61a31ddba687986a945" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005594777353F05D4082040F5D0D668ACD" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6ea70d4b7b6d0947140d6a64676f45be">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="66897698-bfb2-4f9b-a311-d3772f98faa7" xmlns:ns3="052c370c-c4e8-400e-bec8-f0e459453032" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b4e0e18552a8ccf6b236bab56bfe17b" ns2:_="" ns3:_="">
     <xsd:import namespace="66897698-bfb2-4f9b-a311-d3772f98faa7"/>
     <xsd:import namespace="052c370c-c4e8-400e-bec8-f0e459453032"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -1505,100 +1452,85 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3F6BA58-0483-43D7-A41D-E1715E6AD849}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E68DDC11-9854-442D-87BC-2100F7CCAEB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{176C32D2-81CA-482A-84A3-15DF1791E140}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="66897698-bfb2-4f9b-a311-d3772f98faa7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="052c370c-c4e8-400e-bec8-f0e459453032"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="052c370c-c4e8-400e-bec8-f0e459453032"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C51C7D3E-6FFE-4150-9749-10B98F3B410B}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{333D4D42-282E-45A6-80EF-E21BB725C36B}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{32f4c2fa-b4aa-4b85-83f7-c683c33ab100}" enabled="0" method="" siteId="{32f4c2fa-b4aa-4b85-83f7-c683c33ab100}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>